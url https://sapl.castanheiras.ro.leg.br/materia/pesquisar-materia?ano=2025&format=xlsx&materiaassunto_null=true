--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -10,169 +10,237 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="54">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Executivo Municipal - PREF</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no_001_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ESPECIAL_x000D_
+AO ORÇAMENTO VIGENTE CONFORME_x000D_
+ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS. ”</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no_002_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ESPECIAL AO_x000D_
+ORÇAMENTO VIGENTE CONFORME ART. 7º, 41 E_x000D_
+42, DA LEI 4.320/64 E DÁ OUTRAS PROVIDÊNCIAS. ”</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no_006_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA O ANEXO I DA LEI MUNICIPAL_x000D_
+Nº 401 DE 08 DE JUNHO DE 2005 DO_x000D_
+MUNICÍPIO DE CASTANHEIRAS/RO, E DÁ_x000D_
+OUTRAS PROVIDENCIAS”.</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
     <t>7</t>
   </si>
   <si>
-    <t>2025</t>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no007_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A PROIBIÇÃO DE NOMEAÇÃO,_x000D_
+PELOS PODERES EXECUTIVO E LEGISLATIVO, DE_x000D_
+SERVIDORES PARA OCUPAR CARGO_x000D_
+COMISSIONADO E/OU FUNÇÃO DE CONFIANÇA,_x000D_
+QUE SEJAM PARENTES ATÉ O TERCEIRO GRAU,_x000D_
+AFIM, CONSANGUÍNEO OU CIVIL, DO PREFEITO(A),_x000D_
+VICE-PREFEITO(A), SECRETÁRIOS MUNICIPAIS,_x000D_
+COORDENADORES E VEREADORES, CONFORME_x000D_
+SUMULA VINCULANTE N.13 STF , E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no_008_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA O PODER EXECUTIVO A PROMOVER_x000D_
+LEILÕES PÚBLICOS PARA ALIENAÇÃO DE_x000D_
+VEÍCULOS, SUCATAS E BENS IMOVEIS E MOVEIS_x000D_
+INSERVÍVEIS DE PROPRIEDADE DO MUNICÍPIO_x000D_
+DE CASTANHEIRAS/RO, E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no_012_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispoe sobre a alteração da lei Municipal nº 401/2005, de 08/06/2005, e da outras providências.</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no__016_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta o recebimento de Honorários advocaticios sucumbenciais pelos assessores e procuradore-geral do Municipio de Castanheiras e da outras Providêcias.</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no_017_inteiro-compressed.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A REGULAMENTAÇÃO NO ÂMBITO DO MUNICIPIO DE CASTANHEIRAS,_x000D_
+A LEI FEDERAL N° 14.133 DE 01 DE ABRIL DE 2021, QUE ESTABELECE NORMAS GERAIS_x000D_
+DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS, E CONSOLIDA AS NORMAS SOBRE_x000D_
+CONTRATÁÇÕES PÚBLICAS MUNICIPAIS."</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>PLO</t>
-[...7 lines deleted...]
-  <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de__lei_no_043.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre crédito especial ao  Orçamento vigente conforme art. 7º, 41 e 42 da lei 4.320/64 e da outras Providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Batista Minas Pereira</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento__no_001-2025.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: REQUER DO EXM° SR. PREFEITO, CÍCERO GODOI QUE SEJA IMPLANTADO UM ESTUDO DE VIABILIDADE PARA CRIAÇÃO DE GRATIFICAÇÃO PARA TODOS SERVIDORES DO MUNICÍPIO DE CASTANHEIRAS-RO, COM FOCO NO INCENTIVO AO SERVIDORES E TAMBÉM COMERCIO LOCAL.</t>
   </si>
   <si>
-    <t>12</t>
-[...4 lines deleted...]
-  <si>
     <t>Rafael Silva</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento__no_002-2025.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: REQUER DO EXM° SR. PREFEITO, CÍCERO GODOI QUE FAÇA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DAS VIAS DA AGROVILA E QUE SEJA FEITA O PATROLAMENTO COM LIMPEZA DAS VIAS.</t>
-  </si>
-[...33 lines deleted...]
-PROVIDÊNCIAS”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -476,68 +544,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de__lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento__no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento__no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/1/ordem_do_dia_01__extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/9/lei_municipal_no._1.138_de_12_de_agosto_de_2.025_-_credito_especial.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no_001_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no_002_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no_006_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no007_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no_008_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no_012_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no__016_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no_017_inteiro-compressed.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de__lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento__no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento__no_002-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="250.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -560,147 +628,312 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...19 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
         <v>36</v>
       </c>
-      <c r="H6" t="s">
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" t="s">
+        <v>47</v>
+      </c>
+      <c r="F12" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>