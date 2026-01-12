--- v1 (2025-11-19)
+++ v2 (2026-01-12)
@@ -10,115 +10,181 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="162">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_lei_no_001_leg_2025.pdf</t>
+  </si>
+  <si>
+    <t>“APROVA A NOVA ESTRUTURA_x000D_
+ADMINISTRATIVA E ORGANIZACIONAL DA_x000D_
+CÂMARA MUNICIPAL DE CASTANHEIRAS, CRIA_x000D_
+CARGOS E ESPECÍFICA AS ATRIBUIÇÕES E_x000D_
+FUNÇÕES DOS SERVIDORES COMISSIONADOS E_x000D_
+DA OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
     <t>21</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>1</t>
-  </si>
-[...4 lines deleted...]
-    <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal - PREF</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no_001_gab_2025_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE CRÉDITO ESPECIAL_x000D_
 AO ORÇAMENTO VIGENTE CONFORME_x000D_
 ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS. ”</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no_002_gab_2025_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE CRÉDITO ESPECIAL AO_x000D_
 ORÇAMENTO VIGENTE CONFORME ART. 7º, 41 E_x000D_
 42, DA LEI 4.320/64 E DÁ OUTRAS PROVIDÊNCIAS. ”</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_no_003_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ADICIONAL_x000D_
+SUPLEMENTAR AO ORÇAMENTO VIGENTE_x000D_
+CONFORME ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_no_004_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ADICIONAL_x000D_
+SUPLEMENTAR POR SUPERÁRVIT_x000D_
+FINANCEIRO AO ORÇAMENTO VIGENTE_x000D_
+CONFORME ART. 7º, 41 E 42, DA LEI 4.320/64 E_x000D_
+DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_no_005_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA A DOAÇÃO DE LOTE URBANO_x000D_
+A IGREJA ASSEMBLEIA DE DEUS_x000D_
+MINISTÉRIO MANANCIAL A, E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no_006_gab_2025_1.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ANEXO I DA LEI MUNICIPAL_x000D_
 Nº 401 DE 08 DE JUNHO DE 2005 DO_x000D_
 MUNICÍPIO DE CASTANHEIRAS/RO, E DÁ_x000D_
 OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no007_gab_2025_1.pdf</t>
   </si>
@@ -130,117 +196,463 @@
 QUE SEJAM PARENTES ATÉ O TERCEIRO GRAU,_x000D_
 AFIM, CONSANGUÍNEO OU CIVIL, DO PREFEITO(A),_x000D_
 VICE-PREFEITO(A), SECRETÁRIOS MUNICIPAIS,_x000D_
 COORDENADORES E VEREADORES, CONFORME_x000D_
 SUMULA VINCULANTE N.13 STF , E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no_008_gab_2025_1.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A PROMOVER_x000D_
 LEILÕES PÚBLICOS PARA ALIENAÇÃO DE_x000D_
 VEÍCULOS, SUCATAS E BENS IMOVEIS E MOVEIS_x000D_
 INSERVÍVEIS DE PROPRIEDADE DO MUNICÍPIO_x000D_
 DE CASTANHEIRAS/RO, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/24/projeto_de_lei_no_009_gab_2025_parte_01_1-merged.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A ATRIBUIÇÕES E_x000D_
+ORGANIZAÇÃO ADMINISTRATIVA DO PODER_x000D_
+EXECUTIVO DO MUNICÍPIO DE_x000D_
+CASTANHEIRAS, ESTADO DE RONDÔNIA, E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_no_010_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ESPECIAL AO_x000D_
+ORÇAMENTO VIGENTE CONFORME ART._x000D_
+7º, 41 E 42, DA LEI 4.320/64 E DÁ OUTRAS_x000D_
+PROVIDÊNCIASS”.</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_no_011_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ESPECIAL AO_x000D_
+ORÇAMENTO VIGENTE CONFORME ART._x000D_
+7º, 41 E 42, DA LEI 4.320/64 E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
     <t>15</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no_012_gab_2025_1.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a alteração da lei Municipal nº 401/2005, de 08/06/2005, e da outras providências.</t>
   </si>
   <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_no013_gab_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ESPECIAL AO_x000D_
+ORÇAMENTO VIGENTE CONFORME ART. 7º, 41_x000D_
+E 42, DA LEI 4.320/64 E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
     <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/</t>
+  </si>
+  <si>
+    <t>“REGULAMENTA OS FERIADOS MUNICIPAIS_x000D_
+E AS DATAS COMEMORATIVAS, RECEPCIONA_x000D_
+OS FERIADOS E DATAS COMEMORATIVAS_x000D_
+ESTADUAIS E NACIONAIS E INSTITUI_x000D_
+CALENDÁRIO DE FERIADOS NO MUNICÍPIO”.</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_no_015_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA AS REGRAS PARA CONCESSÃO DE_x000D_
+BENEFÍCIOS PREVIDENCIÁRIOS NO ÂMBITO_x000D_
+DO REGIME PRÓPRIO DE PREVIDÊNCIA_x000D_
+SOCIAL DO MUNICÍPIO DE CASTANHEIRASRO E ESTABELECE REGRAS DE TRANSIÇÃO E_x000D_
+DISPOSIÇÕES TRANSITÓRIAS”.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no__016_gab_2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta o recebimento de Honorários advocaticios sucumbenciais pelos assessores e procuradore-geral do Municipio de Castanheiras e da outras Providêcias.</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no_017_inteiro-compressed.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REGULAMENTAÇÃO NO ÂMBITO DO MUNICIPIO DE CASTANHEIRAS,_x000D_
 A LEI FEDERAL N° 14.133 DE 01 DE ABRIL DE 2021, QUE ESTABELECE NORMAS GERAIS_x000D_
 DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS, E CONSOLIDA AS NORMAS SOBRE_x000D_
 CONTRATÁÇÕES PÚBLICAS MUNICIPAIS."</t>
   </si>
   <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_no_018_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA O PLANO DE AMORTIZAÇÃO PARA_x000D_
+EQUACIONAMENTO DO DÉFICIT ATUARIAL DO_x000D_
+REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO_x000D_
+MUNICÍPIO DE CASTANHEIRAS/RO, CONFORME_x000D_
+DIRETRIZES EMANADAS PELA PORTARIA Nº._x000D_
+1.467/2022, E SUAS ALTERAÇÕES, E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_no_019_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ESPECIAL AO_x000D_
+ORÇAMENTO VIGENTE CONFORME_x000D_
+ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_no_20_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA O ANEXO I DA LEI MUNICIPAL_x000D_
+Nº 1.107, DE 10 DE JANEIRO DE 2.025, DO_x000D_
+MUNICÍPIO DE CASTANHEIRAS/RO, E_x000D_
+DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/35/21.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA O PODER EXECUTIVO_x000D_
+MUNICIPAL A DOAR IMÓVEIS AO_x000D_
+ESTADO DE RONDÔNIA”.</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_no_022_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_no_023_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A (LDO) LEI DE DIRETRIZES_x000D_
+ORÇAMENTÁRIA PARA O EXERCÍCIO DE_x000D_
+2.026 DO MUNICIPIO DE CASTANHEIRAS-RO,_x000D_
+E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_no_024_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“NSTITUI O PROGRAMA DE_x000D_
+REGULARIZAÇÃO FISCAL DO MUNICÍPIO_x000D_
+DE CASTANHEIRAS - REFIS NO ANO DE 2025”.</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_no_025_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO_x000D_
+ADICIONAL SUPLEMENTAR AO_x000D_
+ORÇAMENTO VIGENTE CONFORME_x000D_
+ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_no_027_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>DE MAIO DE 2.025_x000D_
+“DISPÕE SOBRE CRÉDITO_x000D_
+ADICIONAL SUPLEMENTAR AO_x000D_
+ORÇAMENTO VIGENTE CONFORME_x000D_
+ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_no_029_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ESPECIALAO_x000D_
+ORÇAMENTO VIGENTE CONFORME_x000D_
+ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_030_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A REGULAMENTAÇÃO_x000D_
+DOS CAMPEONATOS DE FUTEBOL DE_x000D_
+CAMPO E FUTSAL NO MUNICÍPIO DE_x000D_
+CASTANHEIRAS/RO”.</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/52/projeto_de_lei_no_031_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_no_032_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA A AQUISIÇÃO DA ÁREA DE_x000D_
+TERRAS QUE ESPECIFICA E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/54/projeto_de_lei_no034_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE E ESTABELECE FORMAS DE_x000D_
+CONCESSÃO DE DIÁRIAS AOS SERVIDORES_x000D_
+PÚBLICOS NO ÂMBITO DO PODER_x000D_
+EXECUTIVO MUNICIPAL, E DA OUTRAS_x000D_
+PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_no_035_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A CRIAÇÃO DA ESCOLINHA_x000D_
+DE FUTEBOL E FUTSAL NO ÂMBITO DO_x000D_
+MUNICÍPIO DE CASTANHEIRAS/RO E DA_x000D_
+OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_no_037_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_lei_no038_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_no_039_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_dde_lei_no_040_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE CRÉDITO ADICIONAL_x000D_
+SUPLEMENTAR AO ORÇAMENTO VIGENTE_x000D_
+CONFORME ART. 7º, 41 E 42, DA LEI 4.320/64_x000D_
+E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_lei_no_041_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_no_042_gab_2025.pdf</t>
+  </si>
+  <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de__lei_no_043.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre crédito especial ao  Orçamento vigente conforme art. 7º, 41 e 42 da lei 4.320/64 e da outras Providências.</t>
   </si>
   <si>
-    <t>13</t>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_no_044_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>“INSTITUI O PLAN0 PLURIANUAL NO ÂMBITO_x000D_
+DO MUNICÍPIO DE CASTANHEIRAS-RO PARA_x000D_
+PERIODO DE 2026 A 2029, E DA OUTRAS_x000D_
+PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Batista Minas Pereira</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento__no_001-2025.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: REQUER DO EXM° SR. PREFEITO, CÍCERO GODOI QUE SEJA IMPLANTADO UM ESTUDO DE VIABILIDADE PARA CRIAÇÃO DE GRATIFICAÇÃO PARA TODOS SERVIDORES DO MUNICÍPIO DE CASTANHEIRAS-RO, COM FOCO NO INCENTIVO AO SERVIDORES E TAMBÉM COMERCIO LOCAL.</t>
   </si>
   <si>
     <t>Rafael Silva</t>
   </si>
   <si>
     <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento__no_002-2025.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: REQUER DO EXM° SR. PREFEITO, CÍCERO GODOI QUE FAÇA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DAS VIAS DA AGROVILA E QUE SEJA FEITA O PATROLAMENTO COM LIMPEZA DAS VIAS.</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_no_028_gab_2024.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A CRIAÇÃO,_x000D_
+MANUTENÇÃO, GESTÃO E_x000D_
+DENOMINAÇÃO DO VIVEIRO_x000D_
+MUNICIPAL DE CASTANHEIRAS/RO”.</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Proposta de emenda a Lei Orgânica Municipal</t>
+  </si>
+  <si>
+    <t>https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_emenda_organica_001_gab_2025.pdf</t>
+  </si>
+  <si>
+    <t>"EMENDA A LEI ORGÂNICA MUNICIPAL PARA ESTABELECER REGRAS DO REGIME PRÓPRIO DE PREVIDENCIA SOCIAL DO MUNICIPIO DE CASTANHEIRAS-RO. DE ACORDO COM A EMENDA CONSTITUCIONAL Nº 103, DE 2019, E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -544,68 +956,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no_001_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no_002_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no_006_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no007_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no_008_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no_012_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no__016_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no_017_inteiro-compressed.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de__lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento__no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento__no_002-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_lei_no_001_leg_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_no_001_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_no_002_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_no_003_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_no_004_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_no_005_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_no_006_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_no007_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_no_008_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/24/projeto_de_lei_no_009_gab_2025_parte_01_1-merged.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_no_010_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_no_011_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_no_012_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_no013_gab_2025_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_no_015_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_no__016_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_no_017_inteiro-compressed.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_no_018_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_no_019_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_no_20_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/35/21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_no_022_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_no_023_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_no_024_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_no_025_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_no_027_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_no_029_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_030_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/52/projeto_de_lei_no_031_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_no_032_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/54/projeto_de_lei_no034_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_no_035_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_no_037_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_lei_no038_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_no_039_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_dde_lei_no_040_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_lei_no_041_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_no_042_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de__lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_no_044_gab_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/13/requerimento__no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento__no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_no_028_gab_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.castanheiras.ro.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_emenda_organica_001_gab_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="250.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -634,306 +1046,1224 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H9" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H10" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H19" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>37</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H20" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H21" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H22" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H23" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H24" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>33</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H25" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>49</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H26" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>57</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H27" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H28" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>107</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>69</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H29" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>110</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>73</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H30" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>113</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>65</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H31" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>115</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>110</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H32" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>84</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H33" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>121</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H34" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>124</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H35" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H36" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>128</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>129</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H37" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>131</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>132</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H38" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>135</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>115</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H39" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>137</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>135</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H40" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>42</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>139</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H41" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>129</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>101</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H42" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>66</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>17</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="D43" t="s">
+        <v>144</v>
+      </c>
+      <c r="E43" t="s">
+        <v>145</v>
+      </c>
+      <c r="F43" t="s">
+        <v>146</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H43" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>62</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>22</v>
+      </c>
+      <c r="D44" t="s">
+        <v>144</v>
+      </c>
+      <c r="E44" t="s">
+        <v>145</v>
+      </c>
+      <c r="F44" t="s">
+        <v>149</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H44" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>152</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>53</v>
+      </c>
+      <c r="D45" t="s">
+        <v>153</v>
+      </c>
+      <c r="E45" t="s">
+        <v>154</v>
+      </c>
+      <c r="F45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H45" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>157</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" t="s">
+        <v>158</v>
+      </c>
+      <c r="E46" t="s">
+        <v>159</v>
+      </c>
+      <c r="F46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H46" t="s">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>